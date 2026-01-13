--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -164,63 +164,63 @@
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="2C5E7E"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15778"/>
     <p:restoredTop sz="94830"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="135" d="100"/>
-          <a:sy n="135" d="100"/>
+          <a:sx n="156" d="100"/>
+          <a:sy n="156" d="100"/>
         </p:scale>
-        <p:origin x="192" y="504"/>
+        <p:origin x="792" y="168"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -373,51 +373,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -551,51 +551,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -739,51 +739,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -917,51 +917,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1171,51 +1171,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1411,51 +1411,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1786,51 +1786,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1912,51 +1912,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2015,51 +2015,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2300,51 +2300,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2565,51 +2565,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2799,51 +2799,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="4767263"/>
             <a:ext cx="2057400" cy="273844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74D3D14D-6F88-714B-8635-166F251E5FED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/26/25</a:t>
+              <a:t>11/2/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="4767263"/>
             <a:ext cx="3086100" cy="273844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3196,70 +3196,56 @@
         <a:defRPr sz="1350" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="2743200" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1350" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...12 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1365469885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">